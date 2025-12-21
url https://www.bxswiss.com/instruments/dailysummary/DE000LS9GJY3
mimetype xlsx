--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde987b40836e4481" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11c2233eaa646a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R736328d6a9b94861"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565e7901a7314497"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bb48fab55d41da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R736328d6a9b94861" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598235585bbd4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565e7901a7314497" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>150,859</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>150,044</x:t>
-[...87 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>151,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,653</x:t>
-[...63 lines deleted...]
-          <x:t>149,794</x:t>
+          <x:t>150,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,043</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>