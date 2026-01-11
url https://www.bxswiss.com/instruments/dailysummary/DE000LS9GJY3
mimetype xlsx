--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11c2233eaa646a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b9879b48544314" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R565e7901a7314497"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba7f4fd36fd4edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R598235585bbd4a5a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R565e7901a7314497" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0c778fa7f449e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba7f4fd36fd4edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,478 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...256 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,123</x:t>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,777</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,203</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>