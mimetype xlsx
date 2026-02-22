--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd2b9879b48544314" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045b4b0cca6a43e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfba7f4fd36fd4edc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5655548f0c94435b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb0c778fa7f449e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfba7f4fd36fd4edc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c8030dbb1b40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5655548f0c94435b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>149,556</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>149,088</x:t>
-[...296 lines deleted...]
-          <x:t>151,672</x:t>
+          <x:t>152,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,907</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>153,203</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>