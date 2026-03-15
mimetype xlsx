--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045b4b0cca6a43e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree8eef5500e1463e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5655548f0c94435b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re43064b449834f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25c8030dbb1b40bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5655548f0c94435b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra2accdbb1c984611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re43064b449834f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Genau im Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJY3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...85 lines deleted...]
-          <x:t>148,438</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>147,683</x:t>
-[...517 lines deleted...]
-          <x:t>153,653</x:t>
+          <x:t>148,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>