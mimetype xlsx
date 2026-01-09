--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe8c3c0cd14244ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab21b54157147bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2f08294384a410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28c215db7434802"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aac7f84292b406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2f08294384a410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f915b456194871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28c215db7434802" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>641,372</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>631,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>637,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>632,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>633,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>634,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>616,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>603,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>611,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>613,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>600,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>608,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>606,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>614,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>617,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>615,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>612,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>624,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>619,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>626,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>630,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>628,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>627,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>629,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>620,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>621,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>