--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab21b54157147bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78a71c78493c4971" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb28c215db7434802"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16557a43c6284c8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R41f915b456194871" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb28c215db7434802" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7342dd55ce4aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16557a43c6284c8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>637,741</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,671</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>632,774</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>627,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>629,352</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>620,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>621,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>623,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>625,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>618,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>622,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>