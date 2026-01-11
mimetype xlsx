--- v2 (2026-01-10)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78a71c78493c4971" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16880aa303440a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16557a43c6284c8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519598b986f74441"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2f7342dd55ce4aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16557a43c6284c8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f119f99b1f54474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519598b986f74441" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>633,017</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>634,079</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>625,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>628,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>