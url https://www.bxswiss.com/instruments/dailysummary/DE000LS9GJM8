--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd16880aa303440a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4788a7bbee64b46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R519598b986f74441"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579c5d7625c49cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f119f99b1f54474" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R519598b986f74441" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25297df747b145ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579c5d7625c49cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>622,780</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>580,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>593,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>605,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>604,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>590,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>589,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>597,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>601,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>596,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>595,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>579,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>586,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>585,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>591,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>599,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>582,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>598,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>594,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>576,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>