--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4788a7bbee64b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12d18bdb1b98463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6579c5d7625c49cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b200210cca440e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25297df747b145ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6579c5d7625c49cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc82d39d1280c4cab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b200210cca440e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Digitale Online Rockstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJM8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>566,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>576,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>564,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>568,569</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>560,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>563,977</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>556,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>562,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>568,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>562,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>561,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>575,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>566,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>573,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>571,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>574,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>570,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>565,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>572,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>564,707</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>