--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R906e4123d82c472d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b73e03449164ea3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd1005112dbeb436e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739d76437c104481"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb73d553bebb49e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd1005112dbeb436e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23cb15b4e4d4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739d76437c104481" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation in Europe and US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>214,693</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>