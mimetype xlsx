--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b73e03449164ea3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7f9074e7254912" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R739d76437c104481"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbede8f7659c64e9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23cb15b4e4d4d8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R739d76437c104481" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd8382815c7446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbede8f7659c64e9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation in Europe and US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>209,899</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>207,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>206,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>205,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,017</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>