--- v2 (2026-02-22)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c7f9074e7254912" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbab904860092488f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbede8f7659c64e9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a4911f16b14463e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dd8382815c7446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbede8f7659c64e9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8432f3b60a042da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a4911f16b14463e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Innovation in Europe and US</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GJE5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,227</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,852</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>193,947</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,342</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>