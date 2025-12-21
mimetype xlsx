--- v0 (2025-10-04)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e5826778c814a84" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c67fc575eaa4a40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e39daf25fce4029"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3794978e47f24e91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R11de6e5996844a1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e39daf25fce4029" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc2cccfbc6d42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3794978e47f24e91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prime All Share Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>347,729</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>