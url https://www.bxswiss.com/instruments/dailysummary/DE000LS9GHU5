--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c67fc575eaa4a40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c547c99b0964e67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3794978e47f24e91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4e9afe5eec4633"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1cc2cccfbc6d42f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3794978e47f24e91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a3517955814d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4e9afe5eec4633" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prime All Share Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>327,386</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...586 lines deleted...]
-          <x:t>331,560</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>