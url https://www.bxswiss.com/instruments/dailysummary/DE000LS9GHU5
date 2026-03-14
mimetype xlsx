--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c547c99b0964e67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc27026d557fa4ac8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc4e9afe5eec4633"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd74120ae9d774128"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7a3517955814d59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc4e9afe5eec4633" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8cf596f37a5446b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd74120ae9d774128" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Prime All Share Trendfolge</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHU5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>350,870</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>