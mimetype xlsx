--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8b228df4724feb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7372039b0b44464" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R258e29d5576b4f51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9822b04c26ab42e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40611ed0d8a34b1e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R258e29d5576b4f51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8d3294343b472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9822b04c26ab42e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,276</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,859</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>