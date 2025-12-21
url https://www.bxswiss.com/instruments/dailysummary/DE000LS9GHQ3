--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7372039b0b44464" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce5a6d459e14e2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9822b04c26ab42e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feff43b468e46b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8d3294343b472d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9822b04c26ab42e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed9425f26ce4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feff43b468e46b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,859</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>