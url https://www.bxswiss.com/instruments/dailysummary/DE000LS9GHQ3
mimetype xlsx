--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbce5a6d459e14e2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbddaea79f8e4a05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0feff43b468e46b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c681f340f04d4e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ed9425f26ce4458" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0feff43b468e46b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5999b52ab44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c681f340f04d4e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>85,611</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,595</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>85,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,694</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,173</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,211</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,462</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>