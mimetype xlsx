--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfbddaea79f8e4a05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a0ed73d9064905" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc5c681f340f04d4e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b68b32c1b0649c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c5999b52ab44300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc5c681f340f04d4e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e1f0e255234698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b68b32c1b0649c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,462</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>