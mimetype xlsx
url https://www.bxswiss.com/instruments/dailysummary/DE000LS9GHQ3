--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf1a0ed73d9064905" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a09179feaa44420" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b68b32c1b0649c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c2b02a6c09a49fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb1e1f0e255234698" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b68b32c1b0649c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a9d8c054304ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c2b02a6c09a49fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Austrian Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHQ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...188 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,739</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,316</x:t>
-[...414 lines deleted...]
-          <x:t>97,356</x:t>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>