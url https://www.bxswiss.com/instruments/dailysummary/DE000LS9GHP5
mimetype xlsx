--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f7f43ffcdbc4535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78582d52005b4915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5cfc868111204233"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb138dcac23914044"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99583c5cd3ee4771" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5cfc868111204233" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1343ff2b3ce4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb138dcac23914044" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>132,351</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,834</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>132,413</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>132,357</x:t>
-[...345 lines deleted...]
-          <x:t>131,887</x:t>
+          <x:t>131,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,899</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,044</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>132,216</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,004</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,334</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>