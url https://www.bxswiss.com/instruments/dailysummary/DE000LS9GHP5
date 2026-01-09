--- v1 (2025-10-26)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78582d52005b4915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda09c6740a4e455a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb138dcac23914044"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8dde52ee8934560"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1343ff2b3ce4de7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb138dcac23914044" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475fe0e52f9b42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8dde52ee8934560" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>130,334</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>