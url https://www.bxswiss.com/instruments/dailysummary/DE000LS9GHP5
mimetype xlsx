--- v2 (2026-01-09)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda09c6740a4e455a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec677ca5bbf443b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra8dde52ee8934560"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a5364dc1864a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R475fe0e52f9b42aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra8dde52ee8934560" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2986272d71284e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a5364dc1864a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,263</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,472</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,677</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>