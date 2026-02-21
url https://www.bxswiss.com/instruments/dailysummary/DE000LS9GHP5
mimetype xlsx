--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ec677ca5bbf443b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R522bdd8421e5496c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a5364dc1864a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe228be32f684847"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2986272d71284e8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a5364dc1864a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e82f65fa705468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe228be32f684847" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,394</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,591</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>134,677</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>