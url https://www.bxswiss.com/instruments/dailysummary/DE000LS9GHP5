--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R522bdd8421e5496c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf6303083087498b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe228be32f684847"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f0d45c328a4004"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e82f65fa705468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe228be32f684847" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33118252922644d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f0d45c328a4004" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Behavioral Bias Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHP5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,919</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,501</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,762</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,482</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>