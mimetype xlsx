--- v0 (2025-10-25)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0c01756be4c04b07" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db992888792448d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf923b83e86954f0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff156e721a84468"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c89fbace31c4e90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf923b83e86954f0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4822c62c9c7c4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff156e721a84468" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Albifolio Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>148,583</x:t>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>