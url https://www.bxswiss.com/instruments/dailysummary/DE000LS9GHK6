--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5db992888792448d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9ed78950144a01" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbff156e721a84468"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7d3051fc684cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4822c62c9c7c4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbff156e721a84468" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f17e5c747d146d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7d3051fc684cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Albifolio Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,144 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>