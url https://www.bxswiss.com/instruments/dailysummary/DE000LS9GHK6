--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e9ed78950144a01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0611345731fd488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf7d3051fc684cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0355b110274023"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f17e5c747d146d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf7d3051fc684cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd243fd11914299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0355b110274023" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Albifolio Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,144 +149,413 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...111 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>