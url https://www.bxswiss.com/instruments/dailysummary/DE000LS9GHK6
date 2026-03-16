--- v3 (2026-02-21)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0611345731fd488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R458dd4ad18e244c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0355b110274023"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4f5453770dd4e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dd243fd11914299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0355b110274023" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd070b168c1f542bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4f5453770dd4e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Albifolio Dividende</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHK6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,299 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>162,012</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>162,032</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>161,249</x:t>
@@ -531,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>164,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>165,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,132</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>