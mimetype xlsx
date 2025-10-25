--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R03099ceb12e646d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red578dcc28fa45f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2c8c53bad2ed464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb1828cfe5341b0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffad08a5bf9b4f7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2c8c53bad2ed464a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e48993e28054711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb1828cfe5341b0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>294,563</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,139</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,307</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...467 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>295,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>294,808</x:t>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>298,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>