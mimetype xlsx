--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red578dcc28fa45f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984ce72144674fec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eb1828cfe5341b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f2e2e687f84363"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e48993e28054711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eb1828cfe5341b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c6bc61fb5e4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f2e2e687f84363" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>297,884</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>293,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>296,971</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>302,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,751</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>305,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,005</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>