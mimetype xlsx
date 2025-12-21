--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R984ce72144674fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624d8832c5244457" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85f2e2e687f84363"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91819fe79527409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22c6bc61fb5e4c26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85f2e2e687f84363" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c28a4c8d7634bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91819fe79527409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>310,005</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,566</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>