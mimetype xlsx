--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R624d8832c5244457" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9acf8497b945ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R91819fe79527409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00075ff040ee4686"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c28a4c8d7634bbe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R91819fe79527409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727531afef8348c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00075ff040ee4686" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,009</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,330</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,364</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,973</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>311,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,853</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>