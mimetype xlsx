--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f9acf8497b945ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a2425a05a64474" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00075ff040ee4686"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dce0ed991254a52"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R727531afef8348c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00075ff040ee4686" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225ab19db1cf4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dce0ed991254a52" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>321,853</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,791</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>