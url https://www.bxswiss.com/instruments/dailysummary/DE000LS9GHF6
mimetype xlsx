--- v5 (2026-02-22)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a2425a05a64474" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8b14bd41e4d4545" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dce0ed991254a52"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a74964c12614df8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R225ab19db1cf4478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dce0ed991254a52" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde01adef4ff848d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a74964c12614df8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>German &amp; Int. Valuables</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GHF6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>291,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,258</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,501</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>