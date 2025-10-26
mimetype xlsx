--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a0e1420338748ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5bb2247bf5f46c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa0196d418894650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1616ff6c774a6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67e706e5ff154cb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa0196d418894650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80bf927dba9a493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1616ff6c774a6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.434,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.442,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.426,096</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.426,138</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.457,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.460,249</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.436,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.439,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.434,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.443,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.422,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.428,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.441,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.439,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.459,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.437,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.458,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.469,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.472,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.451,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.461,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.462,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.466,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.452,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.452,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.415,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.413,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.423,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.396,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.397,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.391,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.428,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.440,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.427,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.436,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.404,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.415,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.403,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.414,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.307,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.374,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.306,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.355,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.389,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.392,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.373,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.381,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.404,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.383,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.400,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.395,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.364,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.375,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.386,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.371,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.375,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.385,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.401,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.382,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.399,581</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>