--- v1 (2025-10-26)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5bb2247bf5f46c1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6471879c299340a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c1616ff6c774a6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b620d8a72b84f16"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80bf927dba9a493c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c1616ff6c774a6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d18d761f6e84efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b620d8a72b84f16" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>3.399,581</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.295,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.297,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.287,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.290,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.320,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.327,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.309,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.312,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.307,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.311,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.291,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.299,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.261,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.266,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.244,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.259,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.275,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.275,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.225,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.234,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.232,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.248,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.227,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.232,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.243,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.202,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.214,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.218,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.234,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.216,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.226,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.285,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.223,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.282,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.285,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.288,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.252,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.253,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.260,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.243,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.254,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.238,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.243,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.193,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.198,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.238,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.243,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.193,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.198,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.235,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.235,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.220,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.221,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.219,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.261,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.215,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.240,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.241,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.228,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.238,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.189,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.192,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.162,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.189,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.205,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.214,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.203,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.205,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.198,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.213,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.185,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.212,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.250,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.216,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.248,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.253,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.255,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.240,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.255,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.288,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.249,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.286,731</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>