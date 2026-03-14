--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6471879c299340a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R044a179ea31e4e2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b620d8a72b84f16"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d14f0be34d045fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d18d761f6e84efe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b620d8a72b84f16" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d0118f10ea7469c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d14f0be34d045fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Top Global Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFX3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.219,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.261,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.215,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.236,760</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.255,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.288,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.249,827</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3.286,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.273,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.288,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.210,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.220,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.225,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.242,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.212,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.236,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.241,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.253,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.239,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.244,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.257,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.276,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.256,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.273,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.231,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.238,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.215,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.235,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.168,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.224,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.167,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.218,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.178,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.179,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.125,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.143,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.150,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.203,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.147,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.199,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.187,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.210,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.158,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.161,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.182,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.098,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.114,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.054,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.093,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.050,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.093,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.153,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.159,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.130,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.130,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.145,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.160,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.133,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.130,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.131,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.103,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.108,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.095,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.138,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.094,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3.105,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>