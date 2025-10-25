--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2682bc8894e24ee5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6652a28e1ca5499c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf3b5095f1ba4b2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b340cafb0764e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f7defdc601e4a9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf3b5095f1ba4b2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87acd2bac184c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b340cafb0764e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>413,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>411,586</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>416,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>