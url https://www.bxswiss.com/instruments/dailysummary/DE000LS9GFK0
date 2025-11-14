--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6652a28e1ca5499c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03059d7d6484865" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b340cafb0764e95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71eb73a3b1844745"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd87acd2bac184c02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b340cafb0764e95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fd17f586294f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71eb73a3b1844745" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,600 +149,222 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>418,274</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>420,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>419,442</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,744</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>424,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>428,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,963</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,278</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>