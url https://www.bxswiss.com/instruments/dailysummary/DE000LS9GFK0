--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb03059d7d6484865" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ebb589052a433f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71eb73a3b1844745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d21905e79914158"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R15fd17f586294f28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71eb73a3b1844745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9805cec9af3e4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d21905e79914158" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>434,278</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,593</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>