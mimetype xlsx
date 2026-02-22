--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ebb589052a433f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fbc31de72942af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d21905e79914158"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c29d5e3c674cca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9805cec9af3e4e26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d21905e79914158" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra724c2a62ba24dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c29d5e3c674cca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>434,593</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,014</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>