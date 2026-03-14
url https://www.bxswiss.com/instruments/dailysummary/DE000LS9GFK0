--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fbc31de72942af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R732fafff240543a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c29d5e3c674cca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2f17e5a8ce44469"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra724c2a62ba24dba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c29d5e3c674cca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf37a5b540ca4286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2f17e5a8ce44469" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>PERFORMA-100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFK0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,191</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>423,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>426,754</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>433,921</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>429,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>435,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,698</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>