--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9e4e38b960d4257" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bd62caae394dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R286302e10b7f4939"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde79319ad1d04b31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf82501002cf648c8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R286302e10b7f4939" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ebd1b72ae5c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde79319ad1d04b31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUSTRIA Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,892</x:t>
-[...630 lines deleted...]
-          <x:t>126,447</x:t>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>