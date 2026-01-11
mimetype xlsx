--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6bd62caae394dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661f372d89184e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde79319ad1d04b31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83d3fa533dd4b72"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ebd1b72ae5c4bd1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde79319ad1d04b31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda31702af0d4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83d3fa533dd4b72" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUSTRIA Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>125,385</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,126</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,297</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>118,620</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,272</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>