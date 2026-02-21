--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R661f372d89184e6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f3ac5420f145ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra83d3fa533dd4b72"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92bf55b66a5c4966"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfda31702af0d4618" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra83d3fa533dd4b72" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd10a2cbca5f84f0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92bf55b66a5c4966" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AUSTRIA Trend</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...431 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,323</x:t>
-[...9 lines deleted...]
-          <x:t>127,272</x:t>
+          <x:t>127,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,924</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>