--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fc60cc793f644b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616c1d5795be4d0b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc7a6f7023134204"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bbbcfbaa7a46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf7ae45ba7ce448a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc7a6f7023134204" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb1adb6b79846df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bbbcfbaa7a46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>54,794</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>54,111</x:t>
-[...458 lines deleted...]
-          <x:t>56,190</x:t>
+          <x:t>54,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>