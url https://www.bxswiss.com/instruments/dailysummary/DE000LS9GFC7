--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R616c1d5795be4d0b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18304d5b8a764d63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36bbbcfbaa7a46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3598f07b3d4991"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bb1adb6b79846df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36bbbcfbaa7a46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051dbb99b300452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3598f07b3d4991" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>54,981</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,142</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>53,404</x:t>
-[...274 lines deleted...]
-          <x:t>54,386</x:t>
+          <x:t>55,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>