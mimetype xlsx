--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18304d5b8a764d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0502302eb14f11" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3598f07b3d4991"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa243040fa7448f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R051dbb99b300452b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3598f07b3d4991" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eee20c383d34214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa243040fa7448f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>55,466</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,238</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,519</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>53,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>