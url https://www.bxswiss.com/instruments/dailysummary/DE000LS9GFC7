--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff0502302eb14f11" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5166867aaeaa4793" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfa243040fa7448f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ad8ddd573f42e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1eee20c383d34214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfa243040fa7448f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1add7aeb7947cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ad8ddd573f42e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...284 lines deleted...]
-          <x:t>54,487</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,558</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>54,848</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>57,761</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,249</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>