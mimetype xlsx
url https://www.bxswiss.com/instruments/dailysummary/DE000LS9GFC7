--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5166867aaeaa4793" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4777d78b683444f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ad8ddd573f42e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R79894784d0404149"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b1add7aeb7947cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ad8ddd573f42e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99142e098cf84958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R79894784d0404149" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Data Miner</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GFC7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,854</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>57,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>58,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>58,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,634</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>