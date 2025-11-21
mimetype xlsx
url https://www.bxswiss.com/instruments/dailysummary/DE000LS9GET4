--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra5d772c9e12f46e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0566b0a6174de4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef38548e30f4884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbde610c10f45ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reece7103e849467d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef38548e30f4884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa5c09b49a449fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbde610c10f45ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>365,298</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,084</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>