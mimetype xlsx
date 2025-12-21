--- v1 (2025-11-21)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0566b0a6174de4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1010b8a4e6ee485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fbde610c10f45ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ae926f6a514e02"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fa5c09b49a449fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fbde610c10f45ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R657a52ee26334105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ae926f6a514e02" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...355 lines deleted...]
-          <x:t>363,935</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>364,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>363,874</x:t>
-[...274 lines deleted...]
-          <x:t>363,084</x:t>
+          <x:t>363,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,899</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>