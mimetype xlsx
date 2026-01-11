--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1010b8a4e6ee485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f03dc447ec45de" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6ae926f6a514e02"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975df887d6b345be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R657a52ee26334105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6ae926f6a514e02" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16472ea614444c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975df887d6b345be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>362,707</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>365,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>364,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,778</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>363,084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>363,899</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>363,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>