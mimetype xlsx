--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f03dc447ec45de" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbbf5ca5baa4c8e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R975df887d6b345be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9f16d445b043f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc16472ea614444c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R975df887d6b345be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d44da1116d54a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9f16d445b043f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>363,622</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,028</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>