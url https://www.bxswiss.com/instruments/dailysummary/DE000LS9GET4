--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Racbbf5ca5baa4c8e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ec0965e740e4a2c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b9f16d445b043f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6956053be194fa8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d44da1116d54a85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b9f16d445b043f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R936bc8c6423948c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6956053be194fa8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Most Epic of Small Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GET4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,119</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>354,863</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>355,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>356,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,959</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>