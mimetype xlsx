--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f9aac7798004a78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra469e01bda944826" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83cbc2d9e7a14ea3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3d24d0fbac49b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb3909b0c34e4349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83cbc2d9e7a14ea3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60285b49b044a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3d24d0fbac49b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perlen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GEH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,271</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,514</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>448,514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>495,968</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>498,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>490,813</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>491,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>494,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,341</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>