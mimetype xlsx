--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra469e01bda944826" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e60df142044391" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe3d24d0fbac49b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c25f71b2c244fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf60285b49b044a23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe3d24d0fbac49b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb525ebcc2e6e4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c25f71b2c244fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perlen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GEH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>437,341</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>396,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>408,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>