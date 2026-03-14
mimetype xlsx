--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8e60df142044391" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c73f146d7b44000" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc7c25f71b2c244fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2eefa9f351c45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb525ebcc2e6e4eec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc7c25f71b2c244fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R877c953f103e4fc9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2eefa9f351c45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Perlen der Zukunft</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GEH9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>415,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>417,553</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>409,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>410,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>427,607</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>432,084</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>425,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>430,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>405,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>395,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,728</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>