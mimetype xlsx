--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b11268d98cd4d45" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8dd933635c4810" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e17a8d1b7034e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8df9a77e76547e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra33c3462c05a4926" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e17a8d1b7034e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54cd75b8ce24510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8df9a77e76547e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robuste Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GED8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>321,798</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,037</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>