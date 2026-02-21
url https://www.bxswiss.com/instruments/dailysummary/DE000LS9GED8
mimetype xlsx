--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb8dd933635c4810" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159f02f463f9482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd8df9a77e76547e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bd27115a304083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra54cd75b8ce24510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd8df9a77e76547e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034db71a05f641dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bd27115a304083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robuste Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GED8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>344,037</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>