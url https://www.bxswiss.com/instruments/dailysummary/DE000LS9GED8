--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159f02f463f9482a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R354a4355abf04468" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07bd27115a304083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b3eb7612f5b4b0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R034db71a05f641dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07bd27115a304083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b205a2e16f94510" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b3eb7612f5b4b0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Robuste Dividendenstars</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GED8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>328,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>322,981</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,041</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>336,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,152</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>