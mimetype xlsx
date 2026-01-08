--- v0 (2025-10-04)
+++ v1 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1615866700f14364" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd6d7f639b641b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5b61a9641a04590"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf802b8a4e1a40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0f3f0565cef432d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5b61a9641a04590" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502e4a91442840e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf802b8a4e1a40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Micro- und Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>182,352</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,559</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>184,500</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,212</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>190,674</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>