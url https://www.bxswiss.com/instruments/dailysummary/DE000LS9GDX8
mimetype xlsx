--- v1 (2026-01-08)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd6d7f639b641b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91c4f1627e2b4654" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf802b8a4e1a40cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ecefa3c87a04597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R502e4a91442840e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf802b8a4e1a40cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb64586342532420f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ecefa3c87a04597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Deutsche Micro- und Small-Caps</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDX8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>197,395</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,088</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>