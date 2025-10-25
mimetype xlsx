--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R83f11a67bb2d4244" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada9d86fc0b74ec6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dcedec3e69a4ba9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae9c4a7ad264717"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0e9295446eb4a1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dcedec3e69a4ba9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a68d8746df4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae9c4a7ad264717" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>97,588</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,828</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,659</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...170 lines deleted...]
-          <x:t>97,652</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,737</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,783</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,623</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,612</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>