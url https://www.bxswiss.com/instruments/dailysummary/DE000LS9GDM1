--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rada9d86fc0b74ec6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92d967891014b89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ae9c4a7ad264717"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e6c83307b54bba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0a68d8746df4e02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ae9c4a7ad264717" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf691cc707854b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e6c83307b54bba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,741</x:t>
-[...188 lines deleted...]
-          <x:t>97,783</x:t>
+          <x:t>98,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,568</x:t>
-[...404 lines deleted...]
-          <x:t>96,612</x:t>
+          <x:t>97,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,194</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>