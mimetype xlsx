--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd92d967891014b89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b6879b116b4ce2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R36e6c83307b54bba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75ae10b3bf340ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf691cc707854b94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R36e6c83307b54bba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e58e6095a8f4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75ae10b3bf340ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,637 +149,205 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>97,572</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,257</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,512</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>97,401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,089</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,165</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>