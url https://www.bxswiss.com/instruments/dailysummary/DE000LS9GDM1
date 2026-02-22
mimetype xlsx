--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21b6879b116b4ce2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2774151bf98d4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd75ae10b3bf340ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9faeb27b77314641"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e58e6095a8f4eba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd75ae10b3bf340ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R980e50d43e1a4566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9faeb27b77314641" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>WorldCap Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,165</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,092</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>