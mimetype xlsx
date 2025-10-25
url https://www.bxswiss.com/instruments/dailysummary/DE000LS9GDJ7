--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raebd2a2a1578463f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072f71f444d04f18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3fc5dd2400e94776"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38a491c5c384845"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94a3f17582534f1a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3fc5dd2400e94776" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b18fed040849e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38a491c5c384845" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>198,973</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>198,966</x:t>
-[...129 lines deleted...]
-          <x:t>200,428</x:t>
+          <x:t>199,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,583</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...406 lines deleted...]
-          <x:t>200,549</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>