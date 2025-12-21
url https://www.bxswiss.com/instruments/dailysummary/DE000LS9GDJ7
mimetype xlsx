--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R072f71f444d04f18" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f02287718f4984" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb38a491c5c384845"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f21dc03e13c4c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75b18fed040849e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb38a491c5c384845" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d903ec5fe44e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f21dc03e13c4c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>197,340</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,421</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>