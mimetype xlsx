--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7f02287718f4984" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640485519be04e53" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f21dc03e13c4c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144fc04f31594832"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97d903ec5fe44e2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f21dc03e13c4c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252d0e6cce1d4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144fc04f31594832" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>197,957</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>199,500</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,876</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>199,143</x:t>
-[...458 lines deleted...]
-          <x:t>199,421</x:t>
+          <x:t>198,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,013</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>