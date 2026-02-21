--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R640485519be04e53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5269ade793644afb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R144fc04f31594832"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec67baec9b64251"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R252d0e6cce1d4f06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R144fc04f31594832" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cae679fe9b24d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec67baec9b64251" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>200,013</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,114</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>