--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5269ade793644afb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca258d8aa7954161" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ec67baec9b64251"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48ad5b02611d41fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cae679fe9b24d95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ec67baec9b64251" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R257e5ee549104dc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48ad5b02611d41fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value and Growth Stocks</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GDJ7</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>196,687</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,505</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>194,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,773</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>