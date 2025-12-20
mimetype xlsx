--- v0 (2025-11-01)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae2768bab6c6456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e1c95508aa415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7894ff6b9c934a3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbaa1aa6866d40ba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7309139f0e4b49af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7894ff6b9c934a3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6e781c40c2406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbaa1aa6866d40ba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie / Internetwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>173,816</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>