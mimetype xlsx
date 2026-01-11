--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42e1c95508aa415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ce95bc84034980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbaa1aa6866d40ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844e4fe565484034"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda6e781c40c2406e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbaa1aa6866d40ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf7febdcf0d49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844e4fe565484034" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie / Internetwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,966</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,302</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,107</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>