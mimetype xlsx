--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36ce95bc84034980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re88b7910fb2749f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R844e4fe565484034"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430fcd11afcc44e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redf7febdcf0d49e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R844e4fe565484034" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31861819464c43ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430fcd11afcc44e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie / Internetwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCZ5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>180,107</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>