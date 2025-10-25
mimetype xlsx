--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e1069c1ca834d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f68e917c1a4527" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30e873e67cf4fc4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604c8d2508524583"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra995be5f26624f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30e873e67cf4fc4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df3be7d947d4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604c8d2508524583" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueinvest nach WarrenBuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>239,311</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>239,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>237,139</x:t>
-[...517 lines deleted...]
-          <x:t>239,733</x:t>
+          <x:t>241,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>