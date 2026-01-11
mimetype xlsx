--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra1f68e917c1a4527" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0022cf841a8e4b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R604c8d2508524583"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e834aae06e34e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8df3be7d947d4afb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R604c8d2508524583" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6e87e0569944cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e834aae06e34e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueinvest nach WarrenBuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>248,370</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,192</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>