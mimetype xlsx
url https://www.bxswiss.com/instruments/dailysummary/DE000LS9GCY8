--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0022cf841a8e4b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60179f3f4cd74511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e834aae06e34e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aa9c5909e584e6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe6e87e0569944cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e834aae06e34e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d47118f1d804cf3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aa9c5909e584e6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Valueinvest nach WarrenBuffet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCY8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>263,192</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,974</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>