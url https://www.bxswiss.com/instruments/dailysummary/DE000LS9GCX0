--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re05b471f12bf4b46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7e4ddc978244df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R354e3db18a0c4344"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbc5cf85d7f4254"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff71c12b5ec946c2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R354e3db18a0c4344" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c9c89200cc4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbc5cf85d7f4254" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,554</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,887</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,615</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>