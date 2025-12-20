--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b7e4ddc978244df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de3bbb9daf041f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rafbc5cf85d7f4254"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f945cfa6be4a95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61c9c89200cc4411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rafbc5cf85d7f4254" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f95aac684564d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f945cfa6be4a95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>129,551</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,791</x:t>
-[...544 lines deleted...]
-          <x:t>129,615</x:t>
+          <x:t>130,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,943</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>