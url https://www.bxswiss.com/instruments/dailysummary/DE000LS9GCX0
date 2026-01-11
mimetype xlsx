--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2de3bbb9daf041f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e8fcc0d73b4ed8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60f945cfa6be4a95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58bcde81cf0043bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f95aac684564d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60f945cfa6be4a95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc7776982684fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58bcde81cf0043bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,881</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,943</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>