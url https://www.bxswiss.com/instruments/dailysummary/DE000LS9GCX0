--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2e8fcc0d73b4ed8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f94212c1674549" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58bcde81cf0043bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2889835ebce74682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc7776982684fa8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58bcde81cf0043bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcce74d186564425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2889835ebce74682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...117 lines deleted...]
-          <x:t>132,491</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...315 lines deleted...]
-          <x:t>135,969</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>135,329</x:t>
+          <x:t>133,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,531</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>