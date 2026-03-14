--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f94212c1674549" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R136006d82093439b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2889835ebce74682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11b5df1e505547e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcce74d186564425e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2889835ebce74682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d9dd869d14949a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11b5df1e505547e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Naturaktienindizes saisonal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GCX0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...382 lines deleted...]
-          <x:t>133,124</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,956</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>133,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,769</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,704</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,948</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>