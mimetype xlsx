--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7759a1b444b54bf9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3adcb80615b4863" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R297efe718d0540c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd278477d3a264b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a2ab7f391d64da0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R297efe718d0540c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aad148106cb4887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd278477d3a264b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte TOP FLOP Reversal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>209,631</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>