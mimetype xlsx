--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd3adcb80615b4863" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612ec64eba444d7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd278477d3a264b60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb04ce1eccb44e45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aad148106cb4887" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd278477d3a264b60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0ce79cc9114de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb04ce1eccb44e45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte TOP FLOP Reversal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>241,822</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,291</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>