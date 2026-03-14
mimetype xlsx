--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R612ec64eba444d7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re230104b1eb3455b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb04ce1eccb44e45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6cfaddebd7354d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0ce79cc9114de6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb04ce1eccb44e45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d6f785f7fa34e4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6cfaddebd7354d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DAX-Werte TOP FLOP Reversal</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAZ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>253,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,203</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>250,876</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,626</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,209</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>260,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>222,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,682</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>