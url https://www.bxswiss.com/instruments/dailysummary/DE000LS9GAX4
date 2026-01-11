--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9eb0ac821eb41ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29954e2921c6479c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf46433187491481b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded01cf2705b4373"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe63e2145c50440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf46433187491481b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b804babd20e4af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded01cf2705b4373" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BetaTwo - Moderne Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>479,152</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>511,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>513,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>512,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>520,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>515,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>516,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>521,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>514,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>519,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>542,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,832</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>