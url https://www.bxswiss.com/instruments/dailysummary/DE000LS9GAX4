--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29954e2921c6479c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd726c8993843be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded01cf2705b4373"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b6e74fa6cb438a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7b804babd20e4af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded01cf2705b4373" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607be3ebd416445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b6e74fa6cb438a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BetaTwo - Moderne Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>557,832</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>557,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>554,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>569,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>543,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>547,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,131</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>