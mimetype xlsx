--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4dd726c8993843be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a71755e7e6b4f7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3b6e74fa6cb438a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d6fb8a7e558466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R607be3ebd416445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3b6e74fa6cb438a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a279d4057164c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d6fb8a7e558466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BetaTwo - Moderne Trends</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>553,976</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>535,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>527,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>523,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>528,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>522,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>525,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>526,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>531,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>547,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>549,783</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>538,814</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>545,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>563,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>567,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>551,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>558,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>559,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>560,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>553,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>556,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>552,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>539,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>537,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>530,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>545,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>533,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>534,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>524,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>529,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>518,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>517,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>532,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>544,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>549,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>555,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>550,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>548,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>536,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>538,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>546,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>540,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>541,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>