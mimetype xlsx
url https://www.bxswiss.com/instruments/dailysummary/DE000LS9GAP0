--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a1440b244764f8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11edc1804094bff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf4e071d5d714c0f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27cd7f7dce7a4378"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3103c016efe14451" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf4e071d5d714c0f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ba16b5c33444dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27cd7f7dce7a4378" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium Basiswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,305</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>153,051</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>