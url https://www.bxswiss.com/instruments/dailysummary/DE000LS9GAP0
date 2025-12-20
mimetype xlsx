--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11edc1804094bff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec1d7c385ee4ade" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27cd7f7dce7a4378"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725b4eee1e464744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9ba16b5c33444dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27cd7f7dce7a4378" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166d515e26ec4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725b4eee1e464744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium Basiswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>155,126</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,887</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>