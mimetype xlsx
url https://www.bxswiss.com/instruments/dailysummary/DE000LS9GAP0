--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ec1d7c385ee4ade" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7f8f5181c54485" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R725b4eee1e464744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0553a37ab31248e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R166d515e26ec4bc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R725b4eee1e464744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a682cc489b84035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0553a37ab31248e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium Basiswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,863</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,446</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>