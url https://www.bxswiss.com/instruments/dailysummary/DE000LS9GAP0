--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea7f8f5181c54485" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46707066d114db8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0553a37ab31248e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4491bd0fb7854d0b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a682cc489b84035" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0553a37ab31248e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67777a5f2955452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4491bd0fb7854d0b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium Basiswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>160,315</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,179</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>