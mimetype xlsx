--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46707066d114db8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e78aa865b7b4eca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4491bd0fb7854d0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96aefb4f6ec94169"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67777a5f2955452e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4491bd0fb7854d0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f4517205a464d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96aefb4f6ec94169" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Premium Basiswerte Global</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,129</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,512</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,798</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>148,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>147,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>149,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,674</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>