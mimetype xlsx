--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R43c65b74a7314f53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118db1ae83ca487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0171cd373584c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f514ab37103453a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9896c9a964e435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0171cd373584c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b40349aa2c41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f514ab37103453a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>723,524</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>728,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>717,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>719,028</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>758,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>774,987</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>743,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>745,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>732,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>706,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>716,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>712,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>719,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>726,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>737,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>741,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>723,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>743,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,761</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>