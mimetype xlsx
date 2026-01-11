--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R118db1ae83ca487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27726a2431cd4e38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f514ab37103453a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008c1b3223eb4870"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93b40349aa2c41ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f514ab37103453a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec6a7db75d664967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008c1b3223eb4870" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>739,761</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>776,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>767,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>765,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>752,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>755,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>763,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>757,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>800,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>781,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>799,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>787,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>789,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>815,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>786,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>791,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>784,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>782,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>802,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>804,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>792,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>797,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>806,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>814,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>808,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>801,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>805,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>796,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>798,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>779,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>783,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>770,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>778,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>773,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>775,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>772,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>758,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>771,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>756,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>766,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>744,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>742,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>748,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>735,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>746,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>753,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>762,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>745,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>760,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>