--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27726a2431cd4e38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R423384b5e423436f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R008c1b3223eb4870"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56717a4e73264b46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec6a7db75d664967" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R008c1b3223eb4870" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R431e66527a5c4318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56717a4e73264b46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Technologie Visionen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9GAD6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>760,184</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>720,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>704,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>738,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>740,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>731,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>736,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>749,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>751,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>739,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>747,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>734,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>722,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>727,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>729,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>730,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>717,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>728,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>697,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>714,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>724,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>725,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>713,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>718,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>711,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,039</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>671,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>700,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>685,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>696,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>703,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>695,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>699,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>701,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>721,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>698,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>709,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>710,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>715,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>676,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>687,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>683,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>670,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>691,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>681,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>684,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>690,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>686,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>677,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>688,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>