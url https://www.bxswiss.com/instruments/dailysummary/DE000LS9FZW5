--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6345cf3b7114d01" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292848f443c44909" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf9ef0a2ec9440b3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a81568f0e74f92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb92a51c005b4971" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf9ef0a2ec9440b3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc3dbb6335d432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a81568f0e74f92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsstrat. GCX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,344 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>183,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>