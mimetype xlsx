--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R292848f443c44909" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62ee066fac54308" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6a81568f0e74f92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea06e89fc62c494a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bc3dbb6335d432a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6a81568f0e74f92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a6232282c4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea06e89fc62c494a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsstrat. GCX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,344 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...311 lines deleted...]
-          <x:t>187,490</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>