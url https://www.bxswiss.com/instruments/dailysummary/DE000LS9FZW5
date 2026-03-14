--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb62ee066fac54308" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd2f3b67ca474c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea06e89fc62c494a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re55b2cfaf7b64827"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc83a6232282c4f89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea06e89fc62c494a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255c0e6050ab4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re55b2cfaf7b64827" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Nachhaltigkeitsstrat. GCX-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZW5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>185,006</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>184,110</x:t>
-[...517 lines deleted...]
-          <x:t>186,068</x:t>
+          <x:t>185,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,692</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>