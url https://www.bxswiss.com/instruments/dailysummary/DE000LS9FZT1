--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb5d0f20cf5ac49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d3c70e87844378" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5e5b82d07f54c10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6977af9fbfee4532"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f0feb521a0444b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5e5b82d07f54c10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd30f7893d015478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6977af9fbfee4532" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSI Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>94,729</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,485</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>93,221</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>