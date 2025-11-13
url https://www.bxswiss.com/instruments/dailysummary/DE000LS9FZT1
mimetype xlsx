--- v1 (2025-10-24)
+++ v2 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d3c70e87844378" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e892c3260b140ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6977af9fbfee4532"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9527eb511c614115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd30f7893d015478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6977af9fbfee4532" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bd441938ef84b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9527eb511c614115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSI Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,316</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,011</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>