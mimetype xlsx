--- v2 (2025-11-13)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e892c3260b140ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846ea83d59244159" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9527eb511c614115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78680a11594c47ec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8bd441938ef84b4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9527eb511c614115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a3f6764fead4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78680a11594c47ec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSI Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...458 lines deleted...]
-          <x:t>05.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,049</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,051</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>90,011</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,867</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>