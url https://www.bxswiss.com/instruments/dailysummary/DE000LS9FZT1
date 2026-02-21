--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R846ea83d59244159" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f788d3938b4a7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78680a11594c47ec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5851c3c296114854"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a3f6764fead4c81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78680a11594c47ec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c2a532ac3d4a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5851c3c296114854" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSI Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>89,560</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,754</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,941</x:t>
-[...188 lines deleted...]
-          <x:t>92,905</x:t>
+          <x:t>89,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,003</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>