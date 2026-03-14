--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f788d3938b4a7b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491e99ddb2de485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5851c3c296114854"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8638fe39a7014a70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6c2a532ac3d4a14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5851c3c296114854" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09c303923f8b4045" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8638fe39a7014a70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>RSI Invest</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZT1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>93,286</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,449</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.02.2026</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,484</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,188</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,638</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,624</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>