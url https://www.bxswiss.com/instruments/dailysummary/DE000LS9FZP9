--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69c5559e357c4c31" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc12247b3914e16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2724690582ad4f64"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e41d32c21964c53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ecfa6494f4540a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2724690582ad4f64" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa85673a77a4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e41d32c21964c53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>236,437</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>237,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,885</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>238,984</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,963</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>