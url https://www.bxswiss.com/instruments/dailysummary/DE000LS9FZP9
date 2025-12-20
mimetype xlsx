--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3fc12247b3914e16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd2f98e013742ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e41d32c21964c53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e41dcfd52140d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbaa85673a77a4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e41d32c21964c53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e576bbd209a4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e41dcfd52140d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>233,963</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>