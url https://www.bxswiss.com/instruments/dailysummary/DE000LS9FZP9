--- v2 (2025-12-20)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dd2f98e013742ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb167db6befd4410c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11e41dcfd52140d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f0934c908264279"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e576bbd209a4c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11e41dcfd52140d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9016fa660a497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f0934c908264279" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>274,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,838</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +332,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>277,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>