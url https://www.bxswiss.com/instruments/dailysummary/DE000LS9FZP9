--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb167db6befd4410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7f50c6fcff4cd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f0934c908264279"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refae3b363563448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd9016fa660a497e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f0934c908264279" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0489537a7ee4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refae3b363563448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>310,240</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>366,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>367,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,837</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>