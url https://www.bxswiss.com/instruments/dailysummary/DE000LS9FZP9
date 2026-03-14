--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d7f50c6fcff4cd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f6cb905e40643b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Refae3b363563448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf26c964c459f415d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0489537a7ee4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Refae3b363563448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88861a5311a426f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf26c964c459f415d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Global Opportunities</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZP9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>317,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>316,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>319,316</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>325,029</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>324,159</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>326,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>328,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,094</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>