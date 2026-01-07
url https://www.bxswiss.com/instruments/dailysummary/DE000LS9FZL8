--- v0 (2025-10-02)
+++ v1 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c2021dbf232442d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb672a1fb5f5249b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R608342788a7743db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50fd3f6f2ff4561"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf93fe0cfd3b84a62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R608342788a7743db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93435cc0533c477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50fd3f6f2ff4561" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Weltweit Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>176,020</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,113</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>