--- v1 (2026-01-07)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb672a1fb5f5249b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf922016bfa334ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf50fd3f6f2ff4561"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15b77573eedc4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93435cc0533c477a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf50fd3f6f2ff4561" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e20c8cf852e4a96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15b77573eedc4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Aktienwerte Weltweit Value</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZL8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>181,577</x:t>
-[...387 lines deleted...]
-          <x:t>182,113</x:t>
+          <x:t>180,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,828</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,434</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>