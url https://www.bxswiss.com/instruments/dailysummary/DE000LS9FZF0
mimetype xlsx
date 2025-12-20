--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfee37b4377374f28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275f5e87bdbd4c5c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb3c983a2606437e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5765ec4a0164d5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d3cfabbddc44136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb3c983a2606437e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f88a086fe5c4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5765ec4a0164d5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haowenshan I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>74,297</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>