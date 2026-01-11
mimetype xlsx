--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R275f5e87bdbd4c5c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81752a848a1b4122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5765ec4a0164d5b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd889c95843234e99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f88a086fe5c4029" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5765ec4a0164d5b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8503471946f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd889c95843234e99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haowenshan I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,516</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,680</x:t>
-[...387 lines deleted...]
-          <x:t>80,873</x:t>
+          <x:t>83,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,246</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>