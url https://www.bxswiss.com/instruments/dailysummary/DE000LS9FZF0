--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R81752a848a1b4122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e76c965850e4049" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd889c95843234e99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c50f6be29c4213"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8503471946f4730" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd889c95843234e99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67c5b34d2194d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c50f6be29c4213" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haowenshan I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>82,246</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>