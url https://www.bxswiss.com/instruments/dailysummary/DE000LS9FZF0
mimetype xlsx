--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e76c965850e4049" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd8812fb0096240ee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30c50f6be29c4213"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97623a989358471c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67c5b34d2194d4c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30c50f6be29c4213" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c8622184020431c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97623a989358471c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Haowenshan I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZF0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...387 lines deleted...]
-          <x:t>111,352</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,962</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,126</x:t>
-[...242 lines deleted...]
-          <x:t>106,007</x:t>
+          <x:t>109,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>