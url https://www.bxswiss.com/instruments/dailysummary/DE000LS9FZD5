--- v0 (2025-10-04)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0cf838d4e684ee0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8b34d50a0c483c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80a9cb12fec24e37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad97692b084b4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4bc52f48a5ee4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80a9cb12fec24e37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c60a0cd5fea4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad97692b084b4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...517 lines deleted...]
-          <x:t>310,440</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,673</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>309,364</x:t>
-[...112 lines deleted...]
-          <x:t>308,815</x:t>
+          <x:t>311,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>311,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>312,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,813</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>