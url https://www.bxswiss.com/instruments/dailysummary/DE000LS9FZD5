--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c8b34d50a0c483c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcde02299d5a04d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R23ad97692b084b4c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaaa0e5e46334d2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c60a0cd5fea4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R23ad97692b084b4c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8007d50b6c4a4f24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaaa0e5e46334d2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Grüne Aktien-Werte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FZD5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>310,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,932</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>309,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,901</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,093</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>314,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>312,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>313,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>314,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>308,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>307,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>309,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>304,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>302,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>299,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>298,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>300,845</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>