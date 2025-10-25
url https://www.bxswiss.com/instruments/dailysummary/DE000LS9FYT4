--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2bf6191e7a048b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb593ea2e4a074e54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R666c2f367b524b14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2067bb3db7c4cb9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6f0d1b6557442a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R666c2f367b524b14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1d429461bc41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2067bb3db7c4cb9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>275,648</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>275,152</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>279,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,279</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,901</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,059</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,244</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>