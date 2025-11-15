--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb593ea2e4a074e54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bd4f1dba52489b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2067bb3db7c4cb9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6766e1431e3a47cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1d429461bc41e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2067bb3db7c4cb9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13de4acb64446ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6766e1431e3a47cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,717</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>278,078</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,457</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>285,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>287,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,389</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>