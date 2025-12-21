--- v2 (2025-11-15)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44bd4f1dba52489b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeea12e1905b44d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6766e1431e3a47cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7e7ed257cd4b80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re13de4acb64446ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6766e1431e3a47cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204d16c0ee3644e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7e7ed257cd4b80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,389</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,064</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,649</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>