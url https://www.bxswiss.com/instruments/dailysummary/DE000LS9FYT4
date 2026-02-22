--- v3 (2025-12-21)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reeea12e1905b44d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3d8c75fffd413f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9f7e7ed257cd4b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80276525ef694aa1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R204d16c0ee3644e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9f7e7ed257cd4b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d0fe0d62194790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80276525ef694aa1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...613 lines deleted...]
-          <x:t>277,649</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,668</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>