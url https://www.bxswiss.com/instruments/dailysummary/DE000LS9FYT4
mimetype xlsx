--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c3d8c75fffd413f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634468e2d2b6468a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80276525ef694aa1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dfb1410834644be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d0fe0d62194790" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80276525ef694aa1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99f3a04d48f74a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dfb1410834644be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>World's Best Brands</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYT4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,082</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>261,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>262,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>