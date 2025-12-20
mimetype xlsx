--- v0 (2025-10-25)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Refea2dacef2047ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0d46aa77fc4449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc8d9a40d5814acb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b74445586c4dbc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcd5c572247714546" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc8d9a40d5814acb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128ae05ca0a743aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b74445586c4dbc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>172,354</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,264</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...332 lines deleted...]
-          <x:t>173,849</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>174,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>173,461</x:t>
-[...58 lines deleted...]
-          <x:t>174,615</x:t>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>