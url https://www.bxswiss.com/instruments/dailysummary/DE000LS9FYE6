--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0d46aa77fc4449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f09a1aee904644" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73b74445586c4dbc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd9f98c1aaa4a6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R128ae05ca0a743aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73b74445586c4dbc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc6100c55f340cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd9f98c1aaa4a6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>170,065</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,967</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>169,852</x:t>
-[...556 lines deleted...]
-          <x:t>171,113</x:t>
+          <x:t>171,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,868</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>170,653</x:t>
-[...31 lines deleted...]
-          <x:t>171,623</x:t>
+          <x:t>171,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,613</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>