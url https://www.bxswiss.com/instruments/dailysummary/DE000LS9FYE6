--- v2 (2026-01-10)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82f09a1aee904644" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R445c356ef56d4a23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0bd9f98c1aaa4a6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60c3efa9d8b477d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bc6100c55f340cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0bd9f98c1aaa4a6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c29dfbfa7c14612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60c3efa9d8b477d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Magic Formula Investing</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FYE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>169,613</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,032</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>