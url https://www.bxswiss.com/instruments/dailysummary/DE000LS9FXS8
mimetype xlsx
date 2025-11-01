--- v0 (2025-10-04)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b74800bc50e46a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dff278d8d684649" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d68fd2944964407"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1132a6a2674a20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcbc2125495742f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d68fd2944964407" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5465ee56fbd4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1132a6a2674a20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,469</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,313</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,097</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,111</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,007</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,827</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>