--- v1 (2025-11-01)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9dff278d8d684649" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed775105b904693" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f1132a6a2674a20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1e29903ca64673"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re5465ee56fbd4fb4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f1132a6a2674a20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3369887bca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1e29903ca64673" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>138,827</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,504</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>