--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed775105b904693" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6d93bd228b429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d1e29903ca64673"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d113a5c7764e2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6a3369887bca4ef8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d1e29903ca64673" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c07023b6c34293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d113a5c7764e2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>146,504</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,148</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>