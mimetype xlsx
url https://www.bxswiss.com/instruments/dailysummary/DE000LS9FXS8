--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdd6d93bd228b429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b3d79feb77b42d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0d113a5c7764e2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd09a690b90547a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c07023b6c34293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0d113a5c7764e2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra31f769d2a4a4182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd09a690b90547a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ABE INVEST German HiddenChampion</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXS8</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>155,056</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>156,532</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>158,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>157,707</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>