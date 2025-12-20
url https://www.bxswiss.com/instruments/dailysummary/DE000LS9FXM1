--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra776cfc6430446b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa89450c9ba84820" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R96e84bdd1c5c462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab227e8929b84a13"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0554d7fe8093466b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R96e84bdd1c5c462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed8534ff3934b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab227e8929b84a13" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>52,477</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,356</x:t>
-[...21 lines deleted...]
-          <x:t>52,445</x:t>
+          <x:t>52,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,329</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,430</x:t>
-[...485 lines deleted...]
-          <x:t>52,425</x:t>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>