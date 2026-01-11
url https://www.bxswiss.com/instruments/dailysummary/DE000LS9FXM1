--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa89450c9ba84820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729a35223f154271" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rab227e8929b84a13"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584c32f0d6454b29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfed8534ff3934b0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rab227e8929b84a13" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f7d7ae4ed654648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584c32f0d6454b29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>52,182</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,097</x:t>
-[...556 lines deleted...]
-          <x:t>52,271</x:t>
+          <x:t>52,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,087</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>52,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>52,225</x:t>
+          <x:t>52,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,209</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>