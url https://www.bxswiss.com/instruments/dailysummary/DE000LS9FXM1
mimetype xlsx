--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R729a35223f154271" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ab26ed475c4677" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R584c32f0d6454b29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8523727835364984"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f7d7ae4ed654648" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R584c32f0d6454b29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8290bbbd0144499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8523727835364984" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>52,209</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,095</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>