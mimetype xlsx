--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10ab26ed475c4677" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c75c2e224746d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8523727835364984"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R60957f35c2834d70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8290bbbd0144499e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8523727835364984" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60ac4b9ed5c4497" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R60957f35c2834d70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tomsons Welt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXM1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,108</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>50,893</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,031</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,147</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,002</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>51,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>