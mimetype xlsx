--- v0 (2025-10-04)
+++ v1 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94e592b8a34c46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58541b8f4caa4fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra978ea7f91144b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa10128103714ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d38ad8fedf34895" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra978ea7f91144b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9787848a1f5042e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa10128103714ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>157,908</x:t>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>