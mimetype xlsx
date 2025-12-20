--- v1 (2025-11-15)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58541b8f4caa4fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re511ec2f539248d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa10128103714ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7cb2486d6d42e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9787848a1f5042e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa10128103714ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37783b5ebc634d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7cb2486d6d42e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>151,615</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,647</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>150,128</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>