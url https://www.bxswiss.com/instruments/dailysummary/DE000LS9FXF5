--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re511ec2f539248d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343b7d52d3e64ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa7cb2486d6d42e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41596050095a4fa4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37783b5ebc634d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa7cb2486d6d42e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36becad31ebd4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41596050095a4fa4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>153,446</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,844</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,824</x:t>
-[...296 lines deleted...]
-          <x:t>152,461</x:t>
+          <x:t>151,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>