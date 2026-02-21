--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R343b7d52d3e64ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef66089261f4a12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41596050095a4fa4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9692797bff70415a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36becad31ebd4819" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41596050095a4fa4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b6d1a7d6eec4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9692797bff70415a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>152,123</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,374</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>151,906</x:t>
-[...141 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>150,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,587</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>152,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>152,822</x:t>
-[...9 lines deleted...]
-          <x:t>152,555</x:t>
+          <x:t>151,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>