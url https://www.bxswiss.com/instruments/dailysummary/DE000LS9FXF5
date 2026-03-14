--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef66089261f4a12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R200aa1ebf1bb4142" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9692797bff70415a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R304201b947da408e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b6d1a7d6eec4c20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9692797bff70415a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71a7d86884f94e72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R304201b947da408e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>deutsche Nebenwerte</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,534</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>151,027</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,831</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>