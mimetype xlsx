--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rceaba6af07514772" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a2335ac8b84cbf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6b7db4146b84b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5a4a2bff2b4c4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3c811fc58ec4711" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6b7db4146b84b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4f45ef3f754879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5a4a2bff2b4c4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VINDOBONA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...355 lines deleted...]
-          <x:t>74,777</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,847</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,714</x:t>
-[...16 lines deleted...]
-          <x:t>74,738</x:t>
+          <x:t>74,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,839</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,716</x:t>
-[...119 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>74,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,639</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>74,905</x:t>
-[...117 lines deleted...]
-          <x:t>74,741</x:t>
+          <x:t>75,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>