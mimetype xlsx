--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9a2335ac8b84cbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6274be92dd40db" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e5a4a2bff2b4c4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6244a7d6b3c24462"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff4f45ef3f754879" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e5a4a2bff2b4c4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d3956405824414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6244a7d6b3c24462" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VINDOBONA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>72,480</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,096</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>