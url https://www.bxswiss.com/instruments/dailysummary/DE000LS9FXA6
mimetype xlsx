--- v2 (2026-01-11)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c6274be92dd40db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R597876b179654589" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6244a7d6b3c24462"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aa27fc1fb274c49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R32d3956405824414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6244a7d6b3c24462" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf38eac1ffb3e4359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aa27fc1fb274c49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>VINDOBONA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FXA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>80,410</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,603</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>