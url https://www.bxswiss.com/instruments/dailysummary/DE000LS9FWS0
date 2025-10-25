--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7db6ecb9c5eb4065" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01afa06541484122" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de23a17648146bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf671815cc034859"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45bc6ea07d1044e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de23a17648146bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8403a0db49764b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf671815cc034859" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,728</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,356</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>166,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,236</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>167,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>168,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,043</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,486</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>