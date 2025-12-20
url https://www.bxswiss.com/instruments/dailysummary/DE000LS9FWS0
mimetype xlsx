--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01afa06541484122" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950ebb646b5f491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf671815cc034859"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945398da3c9f49d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8403a0db49764b8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf671815cc034859" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecec94312c243e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945398da3c9f49d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>171,486</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>