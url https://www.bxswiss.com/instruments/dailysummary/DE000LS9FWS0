--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R950ebb646b5f491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf639640d7dc461b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R945398da3c9f49d1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4923cf7ebd4d99"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ecec94312c243e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R945398da3c9f49d1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a21157b6f64731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4923cf7ebd4d99" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,476</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,439</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>176,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,268</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,062</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>