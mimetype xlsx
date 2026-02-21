--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf639640d7dc461b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f12f165e964248" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d4923cf7ebd4d99"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87639e6abd9f4690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22a21157b6f64731" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d4923cf7ebd4d99" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re784b944369f4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87639e6abd9f4690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>173,062</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>