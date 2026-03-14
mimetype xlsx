--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50f12f165e964248" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de9766d65e34e14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87639e6abd9f4690"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb048c63b795a47ae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re784b944369f4cb2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87639e6abd9f4690" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58846f6a043f4ff0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb048c63b795a47ae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>US Dividenden Strategie</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWS0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,598 +149,193 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>173,749</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,796</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,412</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,766</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,907</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,462</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>180,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>