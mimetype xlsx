--- v0 (2025-10-03)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02219109bf554f4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca73da2387847ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0e94342f73149f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b97d89603684852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7680c18c61f64f1f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0e94342f73149f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a58be8954447a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b97d89603684852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>274,105</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>