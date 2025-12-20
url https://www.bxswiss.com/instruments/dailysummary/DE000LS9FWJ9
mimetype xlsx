--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdca73da2387847ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8014b1022d4152" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b97d89603684852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1cec306dbdc4a96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51a58be8954447a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b97d89603684852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4595ff44807b4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1cec306dbdc4a96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>270,592</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>