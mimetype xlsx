--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b8014b1022d4152" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff93c9ca0f54c93" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re1cec306dbdc4a96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774124738ee04be7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4595ff44807b4bed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re1cec306dbdc4a96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d9f34720094af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774124738ee04be7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...296 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>289,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,082</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>282,183</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>284,224</x:t>
-[...333 lines deleted...]
-          <x:t>286,940</x:t>
+          <x:t>284,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>288,344</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>