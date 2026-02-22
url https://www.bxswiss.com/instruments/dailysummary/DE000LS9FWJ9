--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfff93c9ca0f54c93" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9acdc3efb554eb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R774124738ee04be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c76b5f4794b05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50d9f34720094af7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R774124738ee04be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fef0d1f55d4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c76b5f4794b05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>288,344</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,254</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>