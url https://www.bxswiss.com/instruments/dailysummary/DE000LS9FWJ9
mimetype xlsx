--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9acdc3efb554eb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re15783737fb64dbb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c3c76b5f4794b05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57c49bbc47c64e27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4fef0d1f55d4d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c3c76b5f4794b05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7a7ab83bac40b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57c49bbc47c64e27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die schicken Fünfzig</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWJ9</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,114</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,716</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>269,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>271,208</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>268,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,131</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,081</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>