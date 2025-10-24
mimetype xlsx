--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb1651b02933b4c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref68068c68094a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdfc869b26d948a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a55fdc53e54027"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R736788c23c844421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdfc869b26d948a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b670768257844d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a55fdc53e54027" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,262</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,952</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,504</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>245,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,949</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>