--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref68068c68094a0c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dc3cf7c9af4ac6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a55fdc53e54027"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5661f5f616b04b20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b670768257844d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a55fdc53e54027" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b490c03c754ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5661f5f616b04b20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,605 +149,227 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>242,658</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,468</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,177</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>242,222</x:t>
-[...479 lines deleted...]
-        <x:is>
           <x:t>240,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>240,619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>241,008</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,782</x:t>
         </x:is>
       </x:c>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,116</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>244,021</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>242,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>243,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>248,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>242,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,047</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>