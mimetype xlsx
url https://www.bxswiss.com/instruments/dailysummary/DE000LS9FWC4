--- v2 (2025-11-14)
+++ v3 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26dc3cf7c9af4ac6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R280efae0bd624d40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5661f5f616b04b20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd136b1543d494731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53b490c03c754ff8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5661f5f616b04b20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642adef06774dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd136b1543d494731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>238,377</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>