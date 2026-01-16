--- v3 (2025-12-27)
+++ v4 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R280efae0bd624d40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfd570fee064d38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd136b1543d494731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17291194e90e4fe1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2642adef06774dff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd136b1543d494731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8de0f1927d24cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17291194e90e4fe1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,326</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>231,752</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>229,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>230,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +332,328 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>233,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>234,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,854</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>235,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>239,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,432</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>