--- v4 (2026-01-16)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8bfd570fee064d38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9078123cc1dd415e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17291194e90e4fe1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re924e218581b455a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8de0f1927d24cc2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17291194e90e4fe1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d2a5fa6e9d4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re924e218581b455a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>237,432</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>230,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>228,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>229,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>226,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>224,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>225,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>223,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>220,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>219,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>217,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>218,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>216,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,864</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>