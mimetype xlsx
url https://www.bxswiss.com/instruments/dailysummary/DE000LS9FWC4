--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9078123cc1dd415e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95d7470f85e54d9a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re924e218581b455a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc025627bbcfe461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf7d2a5fa6e9d4c54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re924e218581b455a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R869885b6c9754601" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc025627bbcfe461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Basis- und Nebenwerteinvests</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FWC4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>218,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,799</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>217,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>219,612</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>214,072</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,061</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>213,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>208,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>210,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>209,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>211,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>212,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>213,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>215,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>214,193</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>