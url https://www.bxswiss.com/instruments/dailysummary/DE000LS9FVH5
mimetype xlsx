--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f93c8276ef7428f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e5f3a6650a46ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36b8389ca0348db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ab8c317bad4dce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra24154a25cf9427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36b8389ca0348db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe213751a544fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ab8c317bad4dce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>9,271</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,271</x:t>
-[...232 lines deleted...]
-          <x:t>9,749</x:t>
+          <x:t>9,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,916</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,730</x:t>
-[...166 lines deleted...]
-          <x:t>9,487</x:t>
+          <x:t>9,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>