--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50e5f3a6650a46ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c40d3ae37b4f89" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5ab8c317bad4dce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12e8050f38b4c5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7fe213751a544fbf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5ab8c317bad4dce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf204de136bff47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12e8050f38b4c5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>9,465</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>