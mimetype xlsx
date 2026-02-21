--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R39c40d3ae37b4f89" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe82c19a2f064e96" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb12e8050f38b4c5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cf4c708442407f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf204de136bff47d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb12e8050f38b4c5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5283b2d227844bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cf4c708442407f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...463 lines deleted...]
-          <x:t>8,607</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,657</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,509</x:t>
-[...16 lines deleted...]
-          <x:t>8,600</x:t>
+          <x:t>8,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,464</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>8,436</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,404</x:t>
-[...85 lines deleted...]
-          <x:t>8,428</x:t>
+          <x:t>8,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,083</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>