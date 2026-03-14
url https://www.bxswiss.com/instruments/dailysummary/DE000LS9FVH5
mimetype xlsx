--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe82c19a2f064e96" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fdaf4853f44d0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50cf4c708442407f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2aabe5126d474f05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5283b2d227844bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50cf4c708442407f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra02a39eff95140ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2aabe5126d474f05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>AKTIEN-WERTE ONLY 2</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVH5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>8,167</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,914</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,936</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,173</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,923</x:t>
-[...21 lines deleted...]
-          <x:t>8,106</x:t>
+          <x:t>7,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,027</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>8,103</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,993</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,103</x:t>
-[...195 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>8,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,986</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,011</x:t>
+          <x:t>7,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,931</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,989</x:t>
-[...26 lines deleted...]
-          <x:t>8,045</x:t>
+          <x:t>8,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>