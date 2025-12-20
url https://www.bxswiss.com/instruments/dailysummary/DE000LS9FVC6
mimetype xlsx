--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca01c15cebe24523" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7ad7ffd599464f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4fcad371efcc43c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3c42e95d154a19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ed92424897f4116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4fcad371efcc43c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b4e837165c4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3c42e95d154a19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing:4 Buffett Regeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>921,307</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>915,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>929,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>931,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>930,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,971</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>936,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>934,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>949,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,494</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>