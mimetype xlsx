--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e7ad7ffd599464f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f26a2e1a8c495e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d3c42e95d154a19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e5ca3918474236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80b4e837165c4e37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d3c42e95d154a19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91186fc6557844d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e5ca3918474236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing:4 Buffett Regeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>942,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>943,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>938,387</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>940,721</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>956,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>963,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>955,521</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>962,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>953,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>947,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>946,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>948,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>976,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>983,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>977,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>981,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>980,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>982,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>979,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>989,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>986,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>990,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>985,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>988,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>