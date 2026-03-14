--- v2 (2026-01-10)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22f26a2e1a8c495e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2154ad62def0437d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e5ca3918474236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0a4b131d8c445d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R91186fc6557844d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e5ca3918474236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbf59802660a84b7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0a4b131d8c445d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Value Investing:4 Buffett Regeln</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FVC6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>988,799</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>967,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>975,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>971,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>968,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>960,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,491</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>965,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>961,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>963,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>957,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>962,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>966,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>959,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>952,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>955,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>950,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>958,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>956,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>951,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>954,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>933,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>932,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>945,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>935,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>942,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>937,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>940,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>944,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>938,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>939,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>941,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>943,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>928,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>922,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>914,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>924,528</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>926,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>918,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>920,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>923,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>916,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>927,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>921,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>925,822</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>