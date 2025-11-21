--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a5ace8ef20b4f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297139ed191c4200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ab8fe1ad1974786"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7141f71657614936"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d9c0083dbd248e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ab8fe1ad1974786" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12553fb84cdc4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7141f71657614936" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende und Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>90,652</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,286</x:t>
-[...205 lines deleted...]
-          <x:t>90,338</x:t>
+          <x:t>89,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,913</x:t>
-[...65 lines deleted...]
-          <x:t>89,799</x:t>
+          <x:t>89,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,541</x:t>
-[...301 lines deleted...]
-          <x:t>89,564</x:t>
+          <x:t>89,979</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>