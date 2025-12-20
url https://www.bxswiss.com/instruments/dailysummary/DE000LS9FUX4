--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R297139ed191c4200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf836456196d74bfb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7141f71657614936"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4bda2667f44537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12553fb84cdc4d17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7141f71657614936" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1e0c41bf4f45e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4bda2667f44537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende und Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>89,207</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,015</x:t>
-[...161 lines deleted...]
-          <x:t>89,472</x:t>
+          <x:t>89,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,566</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...344 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,031</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>