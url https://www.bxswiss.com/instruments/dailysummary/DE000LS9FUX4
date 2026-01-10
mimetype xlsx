--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf836456196d74bfb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e89983f39a4dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b4bda2667f44537"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46462afe150456d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d1e0c41bf4f45e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b4bda2667f44537" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d740a6b1ec4415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46462afe150456d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende und Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>90,861</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,892</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,817</x:t>
-[...409 lines deleted...]
-          <x:t>91,372</x:t>
+          <x:t>90,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>