--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27e89983f39a4dd2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R943dee3a4a7c497c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re46462afe150456d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1832a491731a4824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d740a6b1ec4415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re46462afe150456d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a680d600e94fd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1832a491731a4824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Dividende und Chance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUX4</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>91,485</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,237</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,372</x:t>
-[...38 lines deleted...]
-          <x:t>91,135</x:t>
+          <x:t>90,903</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,136</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,071</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,873</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>90,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>90,972</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>91,473</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,674</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,848</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>