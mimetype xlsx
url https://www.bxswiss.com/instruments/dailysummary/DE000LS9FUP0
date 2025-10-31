--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0daede6e8fb34c91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c71993ae30442f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra32846da42824da5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf93396f824d4553"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbc88202ea24384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra32846da42824da5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ae6f5dbade4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf93396f824d4553" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,563 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...511 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>489,019</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>491,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>485,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>488,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>483,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>484,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>478,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>479,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>493,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>498,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>500,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>489,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>475,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>