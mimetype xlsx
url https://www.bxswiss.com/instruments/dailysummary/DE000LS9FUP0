--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c71993ae30442f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e5919d8b434b41" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf93396f824d4553"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8429e6ca5954340"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4ae6f5dbade4ee2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf93396f824d4553" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db127bdad8b406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8429e6ca5954340" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>486,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>471,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>473,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>490,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>495,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>487,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>485,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>477,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>481,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>483,051</x:t>
-[...306 lines deleted...]
-          <x:t>470,580</x:t>
+          <x:t>485,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>481,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>482,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>478,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>480,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>483,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>484,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>474,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>476,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>479,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>466,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>