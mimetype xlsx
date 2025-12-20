--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0e5919d8b434b41" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c642578791440dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8429e6ca5954340"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30e7a40c6ca547fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4db127bdad8b406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8429e6ca5954340" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7f2198dd5f4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30e7a40c6ca547fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,617 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...565 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>455,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>452,838</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>458,473</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +224,598 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>461,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>463,342</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>453,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>454,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>455,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>463,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>462,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>468,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>472,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>467,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>469,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>470,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>458,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>465,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>456,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>457,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>464,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>454,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>459,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>460,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>461,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>453,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>452,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>450,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>434,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,598</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>