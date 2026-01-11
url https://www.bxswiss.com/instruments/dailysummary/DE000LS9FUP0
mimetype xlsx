--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c642578791440dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196deb80f4aa4282" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30e7a40c6ca547fa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re571ed80dec24a45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7f2198dd5f4a15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30e7a40c6ca547fa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ab4c78011e4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re571ed80dec24a45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,869</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>447,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>449,833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>442,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>444,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>439,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,094</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>443,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>442,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>441,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>440,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>446,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>445,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>448,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>447,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>444,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>449,052</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>