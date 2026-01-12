--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R196deb80f4aa4282" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ba9ce471c6419f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re571ed80dec24a45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc46088b68d5402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08ab4c78011e4914" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re571ed80dec24a45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd058e6089d2a4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc46088b68d5402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>445,013</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>440,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>441,697</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>