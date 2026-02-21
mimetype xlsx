--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63ba9ce471c6419f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree64398e30e3448b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc46088b68d5402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ccecf2a79447f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd058e6089d2a4f0c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc46088b68d5402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa645f78c2ce44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ccecf2a79447f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>449,052</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>430,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>436,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>432,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>429,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>425,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>427,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>431,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>438,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>437,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>433,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>435,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>407,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>403,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>400,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>378,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>382,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>380,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>381,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>384,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>379,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,572</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>391,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>387,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>390,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>388,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,764</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>