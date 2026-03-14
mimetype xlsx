--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree64398e30e3448b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b08f31ac5914a0c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R27ccecf2a79447f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re6c78f860dd6438f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa645f78c2ce44ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R27ccecf2a79447f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8c24c322772416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re6c78f860dd6438f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Internet Giganten Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUP0</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>399,067</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>403,502</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>397,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>400,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>388,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>393,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>386,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>392,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>394,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>385,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>386,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>383,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>389,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>393,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>392,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>398,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>397,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>399,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>402,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>406,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>410,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>401,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>409,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>422,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>428,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>424,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>426,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>419,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>411,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>421,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>420,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>418,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>423,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>415,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>417,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>414,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>416,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>412,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>413,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>