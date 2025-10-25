--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb0a8408d418457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58345c01b9d94adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02b23469c77e4ebc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72da7170baf6464a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf14886b46ffd43b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02b23469c77e4ebc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259680cb3bbd4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72da7170baf6464a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Industrie 4.0 Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>170,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>169,709</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>173,633</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>171,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>172,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,756</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>