--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58345c01b9d94adc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac264d22f4b84791" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72da7170baf6464a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de5531b10274ae6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R259680cb3bbd4422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72da7170baf6464a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2eabea442384716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de5531b10274ae6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Industrie 4.0 Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>177,756</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,886</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>