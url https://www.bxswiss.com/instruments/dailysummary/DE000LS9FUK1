--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac264d22f4b84791" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbf5280ada94fe7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9de5531b10274ae6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766efc3cc6724e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2eabea442384716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9de5531b10274ae6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3189b81d52114745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766efc3cc6724e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Industrie 4.0 Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>178,755</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,092</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>177,406</x:t>
-[...242 lines deleted...]
-          <x:t>172,320</x:t>
+          <x:t>179,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,251</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>