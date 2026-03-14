--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4fbf5280ada94fe7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f90eac78b2b4475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R766efc3cc6724e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8e77e785959c40d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3189b81d52114745" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R766efc3cc6724e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3135ad35cd641da" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8e77e785959c40d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>BK Industrie 4.0 Strategie I</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUK1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,109</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,114</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,666</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>