--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7f03f1ba664b42" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2972b369d4fa47b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37ec4e11040d4bc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75da1c3e79254d2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d658a93563843a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37ec4e11040d4bc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c9e900621449bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75da1c3e79254d2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>137,363</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,456</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>