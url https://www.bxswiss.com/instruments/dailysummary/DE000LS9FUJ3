--- v1 (2025-11-21)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2972b369d4fa47b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d41f0f2c3eb408a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75da1c3e79254d2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a3be44df6e496c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c9e900621449bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75da1c3e79254d2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef937419da24707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a3be44df6e496c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>122,456</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,279</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>