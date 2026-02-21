--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d41f0f2c3eb408a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe92534a9946457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf8a3be44df6e496c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re69351a6a9894d74"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef937419da24707" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf8a3be44df6e496c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58186229330d419f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re69351a6a9894d74" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Online Rockets</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FUJ3</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>111,279</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>