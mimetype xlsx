--- v0 (2025-10-04)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R717a0b4037364c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0760e110304a1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf6fd2235679946f1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dc98033ba44f2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a7c6a4c7484c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf6fd2235679946f1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dcaaa4b527a4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dc98033ba44f2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DEDUCTIO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>163,516</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>164,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>163,831</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>163,819</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,142</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>