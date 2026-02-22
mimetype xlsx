--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0760e110304a1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree35713ade1d40e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8dc98033ba44f2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4642254ebd4fd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9dcaaa4b527a4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8dc98033ba44f2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854fc94af77b4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4642254ebd4fd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DEDUCTIO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>163,142</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>160,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,662</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>