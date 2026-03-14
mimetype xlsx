--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree35713ade1d40e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6754e639a9b40f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad4642254ebd4fd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7871e91592f94ebe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854fc94af77b4d7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad4642254ebd4fd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3635eaba10f4202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7871e91592f94ebe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DEDUCTIO</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTL1</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,702</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,723</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,460</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,824</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,371</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>159,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>156,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,836</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>