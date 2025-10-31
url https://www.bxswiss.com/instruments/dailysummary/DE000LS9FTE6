--- v0 (2025-10-04)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e22cddfb65a4437" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2f5cccd6324f97" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85c170a39a064151"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622dbc69aac24852"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6d7f3f1d77194fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85c170a39a064151" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b01269d41fe45df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622dbc69aac24852" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>88,121</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,988</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>87,999</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,004</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,850</x:t>
-[...200 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,682</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,908</x:t>
-[...144 lines deleted...]
-          <x:t>87,860</x:t>
+          <x:t>87,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>