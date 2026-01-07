--- v1 (2025-10-31)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d2f5cccd6324f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708801886a244606" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R622dbc69aac24852"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a50a1a1a594003"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b01269d41fe45df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R622dbc69aac24852" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d30740c8b974885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a50a1a1a594003" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>88,067</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,744</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>87,619</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,829</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,642</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,475</x:t>
-[...232 lines deleted...]
-          <x:t>87,042</x:t>
+          <x:t>87,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,058</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,616</x:t>
-[...220 lines deleted...]
-          <x:t>87,150</x:t>
+          <x:t>87,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,065</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>