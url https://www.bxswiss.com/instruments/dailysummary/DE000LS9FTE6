--- v2 (2026-01-07)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R708801886a244606" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8156e6189d4e4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47a50a1a1a594003"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a11fcf660f4b70"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d30740c8b974885" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47a50a1a1a594003" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8496aae53b074b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a11fcf660f4b70" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>87,065</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,856</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,536</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>