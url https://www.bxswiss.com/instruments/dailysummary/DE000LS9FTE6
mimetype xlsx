--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rae8156e6189d4e4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2dca8c45e6a47f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a11fcf660f4b70"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R270ddaf79ade44fc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8496aae53b074b70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a11fcf660f4b70" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re57f240de0eb4bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R270ddaf79ade44fc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE DIVIDENDE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FTE6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,303</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,329</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>