--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe754b0dc7d34d36" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090ba51907234f5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1dcd7c85d2f4b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405abe3f92c841ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra787caf8f74b4a49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1dcd7c85d2f4b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f3ad7177db4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405abe3f92c841ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>333,784</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>335,618</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>332,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>334,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>338,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>327,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,013</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,672</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>