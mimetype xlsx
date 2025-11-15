--- v1 (2025-10-26)
+++ v2 (2025-11-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R090ba51907234f5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332d73ffb58d4942" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R405abe3f92c841ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213e92e1799a402c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21f3ad7177db4f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R405abe3f92c841ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c28e9c467c4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213e92e1799a402c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>331,113</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>327,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>329,684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,797</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,733</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>339,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>342,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,979</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,569</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>