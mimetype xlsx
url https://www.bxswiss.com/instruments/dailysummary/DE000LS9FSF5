--- v2 (2025-11-15)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R332d73ffb58d4942" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247ffe26687645fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R213e92e1799a402c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ec0723a28e4fbb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c28e9c467c4d02" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R213e92e1799a402c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c1e62cad8849db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ec0723a28e4fbb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>350,569</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>362,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>360,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>361,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>359,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>354,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>357,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>358,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>356,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>350,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,034</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>352,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>348,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>349,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>346,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,889</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,576</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>