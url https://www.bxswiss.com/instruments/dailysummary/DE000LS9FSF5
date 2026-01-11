--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R247ffe26687645fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b8dfd437234f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ec0723a28e4fbb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f72bf274a04eb3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4c1e62cad8849db" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ec0723a28e4fbb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c4382c862e4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f72bf274a04eb3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,532 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...85 lines deleted...]
-          <x:t>343,529</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>355,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>351,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>353,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,174</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...386 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>352,414</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>350,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,034</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,184</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>344,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>345,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>347,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>341,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>345,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>342,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>343,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>344,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>340,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>