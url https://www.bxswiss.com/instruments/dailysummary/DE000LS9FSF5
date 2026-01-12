--- v4 (2026-01-11)
+++ v5 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62b8dfd437234f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419dfe05e5d348a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56f72bf274a04eb3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e52e7ceffa548c3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3c4382c862e4870" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56f72bf274a04eb3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415f69cf3794612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e52e7ceffa548c3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>351,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>353,597</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>347,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>349,174</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>