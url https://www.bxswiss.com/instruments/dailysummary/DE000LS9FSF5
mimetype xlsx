--- v5 (2026-01-12)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R419dfe05e5d348a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fdebd093cf249a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e52e7ceffa548c3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0124b7b5ff5d4ccb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7415f69cf3794612" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e52e7ceffa548c3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra84c6dbfeaaa43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0124b7b5ff5d4ccb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ITWorld</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSF5</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>333,292</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>325,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>326,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>318,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>329,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>330,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>335,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>338,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>336,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>334,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>333,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>332,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>339,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>337,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>331,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>317,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>316,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>315,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>313,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>320,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>324,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>323,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>322,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>319,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>321,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>