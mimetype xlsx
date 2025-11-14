--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9647ea1c10b5413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481b2e86c29c46d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6356c6d47e8c4af0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfbe8e85644b4b24"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4b26ad5b57840f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6356c6d47e8c4af0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f4a6b659524e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfbe8e85644b4b24" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die beliebtesten Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>278,585</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>273,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>272,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>276,447</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...379 lines deleted...]
-          <x:t>279,014</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>280,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>283,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>285,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>