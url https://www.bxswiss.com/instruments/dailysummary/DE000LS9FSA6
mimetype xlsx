--- v1 (2025-11-14)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R481b2e86c29c46d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22bae5a90fe49b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfbe8e85644b4b24"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbac6f665e7246a5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7f4a6b659524e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfbe8e85644b4b24" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd757e74edac64836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbac6f665e7246a5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die beliebtesten Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>281,393</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>281,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>279,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>282,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>278,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>275,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>277,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>274,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>271,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>270,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>269,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>276,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>268,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>262,137</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>265,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>267,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>266,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>261,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,882</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>