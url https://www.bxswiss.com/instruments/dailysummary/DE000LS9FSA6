--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf22bae5a90fe49b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7c921f4b68cf48c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbac6f665e7246a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R236b1f7fac1e4aee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd757e74edac64836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbac6f665e7246a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78ef3ca9cc0549f7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R236b1f7fac1e4aee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Die beliebtesten Unternehmen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>DE000LS9FSA6</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>264,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>267,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>263,994</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>266,079</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>257,826</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>259,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>256,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>258,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,996</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>258,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>257,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>